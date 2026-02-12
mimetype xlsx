--- v0 (2025-12-15)
+++ v1 (2026-02-12)
@@ -729,51 +729,51 @@
       <c r="AC2" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD2" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE2" t="inlineStr">
         <is>
           <t>2025-02-28 14:18:25</t>
         </is>
       </c>
       <c r="AF2" t="n">
         <v>60</v>
       </c>
       <c r="AG2" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH2" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:30</t>
+          <t>2026-02-12 19:00:24</t>
         </is>
       </c>
       <c r="AI2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Hyundai - SP</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Torre_Compressores</t>
         </is>
       </c>
       <c r="D3" t="n">
         <v>13594</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
@@ -856,51 +856,51 @@
       <c r="AC3" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD3" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE3" t="inlineStr">
         <is>
           <t>2025-02-28 14:19:36</t>
         </is>
       </c>
       <c r="AF3" t="n">
         <v>60</v>
       </c>
       <c r="AG3" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH3" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:30</t>
+          <t>2026-02-12 19:00:24</t>
         </is>
       </c>
       <c r="AI3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Hyundai - SP</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Torre_Compressores</t>
         </is>
       </c>
       <c r="D4" t="n">
         <v>13595</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
@@ -983,51 +983,51 @@
       <c r="AC4" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD4" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE4" t="inlineStr">
         <is>
           <t>2025-02-28 14:21:40</t>
         </is>
       </c>
       <c r="AF4" t="n">
         <v>60</v>
       </c>
       <c r="AG4" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH4" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:30</t>
+          <t>2026-02-12 19:00:24</t>
         </is>
       </c>
       <c r="AI4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Hyundai - SP</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Torre_Compressores</t>
         </is>
       </c>
       <c r="D5" t="n">
         <v>13596</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
@@ -1110,51 +1110,51 @@
       <c r="AC5" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD5" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE5" t="inlineStr">
         <is>
           <t>2025-02-28 14:23:06</t>
         </is>
       </c>
       <c r="AF5" t="n">
         <v>60</v>
       </c>
       <c r="AG5" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH5" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:30</t>
+          <t>2026-02-12 19:00:24</t>
         </is>
       </c>
       <c r="AI5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Hyundai - SP</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Torre_Compressores</t>
         </is>
       </c>
       <c r="D6" t="n">
         <v>13597</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
@@ -1231,51 +1231,51 @@
       <c r="AC6" t="inlineStr">
         <is>
           <t>x/1000</t>
         </is>
       </c>
       <c r="AD6" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE6" t="inlineStr">
         <is>
           <t>2025-07-01 00:00:00</t>
         </is>
       </c>
       <c r="AF6" t="n">
         <v>60</v>
       </c>
       <c r="AG6" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH6" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:30</t>
+          <t>2026-02-12 19:00:24</t>
         </is>
       </c>
       <c r="AI6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Hyundai - SP</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Torre_Compressores</t>
         </is>
       </c>
       <c r="D7" t="n">
         <v>13598</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
@@ -1352,49 +1352,49 @@
       <c r="AC7" t="inlineStr">
         <is>
           <t>x/10</t>
         </is>
       </c>
       <c r="AD7" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE7" t="inlineStr">
         <is>
           <t>2025-07-01 00:00:00</t>
         </is>
       </c>
       <c r="AF7" t="n">
         <v>60</v>
       </c>
       <c r="AG7" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH7" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:30</t>
+          <t>2026-02-12 19:00:24</t>
         </is>
       </c>
       <c r="AI7" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>