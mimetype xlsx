--- v0 (2025-12-15)
+++ v1 (2026-02-12)
@@ -736,61 +736,61 @@
         <v>1</v>
       </c>
       <c r="AB2" t="n">
         <v>0</v>
       </c>
       <c r="AC2" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD2" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE2" t="inlineStr">
         <is>
           <t>2024-12-20 10:49:13</t>
         </is>
       </c>
       <c r="AF2" t="n">
         <v>60</v>
       </c>
       <c r="AG2" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH2" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI2" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Vapor</t>
         </is>
       </c>
       <c r="D3" t="n">
         <v>13394</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Pressão_vapor</t>
@@ -879,61 +879,61 @@
         <v>1</v>
       </c>
       <c r="AB3" t="n">
         <v>0</v>
       </c>
       <c r="AC3" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD3" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE3" t="inlineStr">
         <is>
           <t>2024-12-20 10:49:13</t>
         </is>
       </c>
       <c r="AF3" t="n">
         <v>60</v>
       </c>
       <c r="AG3" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH3" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI3" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Vapor</t>
         </is>
       </c>
       <c r="D4" t="n">
         <v>13395</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>Pres_Dif_vapor</t>
@@ -1022,61 +1022,61 @@
         <v>1</v>
       </c>
       <c r="AB4" t="n">
         <v>0</v>
       </c>
       <c r="AC4" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD4" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE4" t="inlineStr">
         <is>
           <t>2024-12-20 10:49:13</t>
         </is>
       </c>
       <c r="AF4" t="n">
         <v>60</v>
       </c>
       <c r="AG4" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH4" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI4" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Gás</t>
         </is>
       </c>
       <c r="D5" t="n">
         <v>13398</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>teste_1</t>
@@ -1165,61 +1165,61 @@
         <v>1</v>
       </c>
       <c r="AB5" t="n">
         <v>0</v>
       </c>
       <c r="AC5" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD5" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE5" t="inlineStr">
         <is>
           <t>2024-12-20 10:49:13</t>
         </is>
       </c>
       <c r="AF5" t="n">
         <v>60</v>
       </c>
       <c r="AG5" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH5" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI5" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Gás</t>
         </is>
       </c>
       <c r="D6" t="n">
         <v>13399</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Vazão_gás</t>
@@ -1308,61 +1308,61 @@
         <v>1</v>
       </c>
       <c r="AB6" t="n">
         <v>0</v>
       </c>
       <c r="AC6" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD6" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE6" t="inlineStr">
         <is>
           <t>2024-12-20 10:49:14</t>
         </is>
       </c>
       <c r="AF6" t="n">
         <v>60</v>
       </c>
       <c r="AG6" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH6" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI6" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Gás</t>
         </is>
       </c>
       <c r="D7" t="n">
         <v>13401</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>Rendimento</t>
@@ -1451,61 +1451,61 @@
         <v>1</v>
       </c>
       <c r="AB7" t="n">
         <v>0</v>
       </c>
       <c r="AC7" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD7" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE7" t="inlineStr">
         <is>
           <t>2024-12-20 10:49:14</t>
         </is>
       </c>
       <c r="AF7" t="n">
         <v>60</v>
       </c>
       <c r="AG7" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH7" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI7" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Condensado</t>
         </is>
       </c>
       <c r="D8" t="n">
         <v>13428</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>Vazão_condensado</t>
@@ -1590,61 +1590,61 @@
         <v>1</v>
       </c>
       <c r="AB8" t="n">
         <v>0</v>
       </c>
       <c r="AC8" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD8" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE8" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF8" t="n">
         <v>60</v>
       </c>
       <c r="AG8" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH8" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI8" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Abrandador</t>
         </is>
       </c>
       <c r="D9" t="n">
         <v>13429</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>Vazão_água_abrand.</t>
@@ -1729,61 +1729,61 @@
         <v>1</v>
       </c>
       <c r="AB9" t="n">
         <v>0</v>
       </c>
       <c r="AC9" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD9" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE9" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF9" t="n">
         <v>60</v>
       </c>
       <c r="AG9" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH9" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI9" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>reserva_remota</t>
         </is>
       </c>
       <c r="D10" t="n">
         <v>13430</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>reserva_remota_3</t>
@@ -1857,56 +1857,56 @@
       <c r="AC10" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD10" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE10" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF10" t="n">
         <v>60</v>
       </c>
       <c r="AG10" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH10" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI10" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>reserva_remota</t>
         </is>
       </c>
       <c r="D11" t="n">
         <v>13431</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>reserva_remota_4</t>
@@ -1980,56 +1980,56 @@
       <c r="AC11" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD11" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE11" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF11" t="n">
         <v>60</v>
       </c>
       <c r="AG11" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH11" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI11" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>reserva_remota</t>
         </is>
       </c>
       <c r="D12" t="n">
         <v>13432</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>reserva_remota_5</t>
@@ -2103,56 +2103,56 @@
       <c r="AC12" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD12" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE12" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF12" t="n">
         <v>60</v>
       </c>
       <c r="AG12" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH12" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI12" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>reserva_remota</t>
         </is>
       </c>
       <c r="D13" t="n">
         <v>13433</v>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>reserva_remota_6</t>
@@ -2226,56 +2226,56 @@
       <c r="AC13" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD13" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE13" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF13" t="n">
         <v>60</v>
       </c>
       <c r="AG13" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH13" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI13" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>reserva_remota</t>
         </is>
       </c>
       <c r="D14" t="n">
         <v>13434</v>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>reserva_remota_7</t>
@@ -2349,56 +2349,56 @@
       <c r="AC14" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD14" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE14" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF14" t="n">
         <v>60</v>
       </c>
       <c r="AG14" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH14" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI14" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>reserva_remota</t>
         </is>
       </c>
       <c r="D15" t="n">
         <v>13435</v>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>reserva_remota_8</t>
@@ -2476,56 +2476,56 @@
       <c r="AC15" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD15" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE15" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF15" t="n">
         <v>60</v>
       </c>
       <c r="AG15" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH15" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI15" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Desaerador</t>
         </is>
       </c>
       <c r="D16" t="n">
         <v>13436</v>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Temp_desaerador</t>
@@ -2598,61 +2598,61 @@
         <v>1</v>
       </c>
       <c r="AB16" t="n">
         <v>0</v>
       </c>
       <c r="AC16" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD16" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE16" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF16" t="n">
         <v>60</v>
       </c>
       <c r="AG16" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH16" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI16" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Desaerador</t>
         </is>
       </c>
       <c r="D17" t="n">
         <v>13437</v>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>reserva_temp_deaer</t>
@@ -2726,56 +2726,56 @@
       <c r="AC17" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD17" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE17" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF17" t="n">
         <v>60</v>
       </c>
       <c r="AG17" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH17" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI17" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Desaerador</t>
         </is>
       </c>
       <c r="D18" t="n">
         <v>13438</v>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>Nível_desaerador</t>
@@ -2848,61 +2848,61 @@
         <v>1</v>
       </c>
       <c r="AB18" t="n">
         <v>0</v>
       </c>
       <c r="AC18" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD18" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE18" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF18" t="n">
         <v>60</v>
       </c>
       <c r="AG18" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH18" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI18" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Desaerador</t>
         </is>
       </c>
       <c r="D19" t="n">
         <v>13439</v>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>reserva_nivel_deaer</t>
@@ -2980,56 +2980,56 @@
       <c r="AC19" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD19" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE19" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF19" t="n">
         <v>60</v>
       </c>
       <c r="AG19" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH19" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI19" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Economizador_ATA</t>
         </is>
       </c>
       <c r="D20" t="n">
         <v>13440</v>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>Temp_entrada_água</t>
@@ -3102,61 +3102,61 @@
         <v>1</v>
       </c>
       <c r="AB20" t="n">
         <v>0</v>
       </c>
       <c r="AC20" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD20" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE20" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF20" t="n">
         <v>60</v>
       </c>
       <c r="AG20" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH20" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI20" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Economizador_ATA</t>
         </is>
       </c>
       <c r="D21" t="n">
         <v>13441</v>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>reserva_entrada_água</t>
@@ -3230,56 +3230,56 @@
       <c r="AC21" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD21" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE21" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF21" t="n">
         <v>60</v>
       </c>
       <c r="AG21" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH21" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI21" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Economizador_ATA</t>
         </is>
       </c>
       <c r="D22" t="n">
         <v>13442</v>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>Temp_saída_água</t>
@@ -3352,61 +3352,61 @@
         <v>1</v>
       </c>
       <c r="AB22" t="n">
         <v>0</v>
       </c>
       <c r="AC22" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD22" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE22" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF22" t="n">
         <v>60</v>
       </c>
       <c r="AG22" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH22" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI22" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Economizador_ATA</t>
         </is>
       </c>
       <c r="D23" t="n">
         <v>13443</v>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>reserva_saída_água</t>
@@ -3484,56 +3484,56 @@
       <c r="AC23" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD23" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE23" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF23" t="n">
         <v>60</v>
       </c>
       <c r="AG23" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH23" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI23" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Economizador_ATA</t>
         </is>
       </c>
       <c r="D24" t="n">
         <v>13444</v>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>Temp_entrada_gases</t>
@@ -3606,61 +3606,61 @@
         <v>1</v>
       </c>
       <c r="AB24" t="n">
         <v>0</v>
       </c>
       <c r="AC24" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD24" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE24" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF24" t="n">
         <v>60</v>
       </c>
       <c r="AG24" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH24" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI24" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>Economizador_ATA</t>
         </is>
       </c>
       <c r="D25" t="n">
         <v>13445</v>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>reserva_entrada_gases</t>
@@ -3734,56 +3734,56 @@
       <c r="AC25" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD25" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE25" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF25" t="n">
         <v>60</v>
       </c>
       <c r="AG25" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH25" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI25" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Economizador_ATA</t>
         </is>
       </c>
       <c r="D26" t="n">
         <v>13446</v>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>Temp_saída_gases</t>
@@ -3856,61 +3856,61 @@
         <v>1</v>
       </c>
       <c r="AB26" t="n">
         <v>0</v>
       </c>
       <c r="AC26" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD26" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE26" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF26" t="n">
         <v>60</v>
       </c>
       <c r="AG26" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH26" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI26" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Economizador_ATA</t>
         </is>
       </c>
       <c r="D27" t="n">
         <v>13447</v>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>reserva_saída_gases</t>
@@ -3988,56 +3988,56 @@
       <c r="AC27" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD27" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE27" t="inlineStr">
         <is>
           <t>2024-12-20 12:58:06</t>
         </is>
       </c>
       <c r="AF27" t="n">
         <v>60</v>
       </c>
       <c r="AG27" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH27" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI27" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Gás</t>
         </is>
       </c>
       <c r="D28" t="n">
         <v>15001</v>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>CH1 Valor Médio</t>
@@ -4134,61 +4134,61 @@
         <v>1</v>
       </c>
       <c r="AB28" t="n">
         <v>0</v>
       </c>
       <c r="AC28" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD28" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE28" t="inlineStr">
         <is>
           <t>2025-09-01 14:52:23</t>
         </is>
       </c>
       <c r="AF28" t="n">
         <v>60</v>
       </c>
       <c r="AG28" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH28" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI28" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Gás</t>
         </is>
       </c>
       <c r="D29" t="n">
         <v>15002</v>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>Pressão</t>
@@ -4285,61 +4285,61 @@
         <v>1</v>
       </c>
       <c r="AB29" t="n">
         <v>0</v>
       </c>
       <c r="AC29" t="inlineStr">
         <is>
           <t>0.004320*x-3.296251</t>
         </is>
       </c>
       <c r="AD29" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE29" t="inlineStr">
         <is>
           <t>2025-09-01 14:52:23</t>
         </is>
       </c>
       <c r="AF29" t="n">
         <v>60</v>
       </c>
       <c r="AG29" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH29" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI29" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Gás</t>
         </is>
       </c>
       <c r="D30" t="n">
         <v>15003</v>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Pressão Dif</t>
@@ -4436,61 +4436,61 @@
         <v>1</v>
       </c>
       <c r="AB30" t="n">
         <v>0</v>
       </c>
       <c r="AC30" t="inlineStr">
         <is>
           <t>0.320774*x-257.176679</t>
         </is>
       </c>
       <c r="AD30" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE30" t="inlineStr">
         <is>
           <t>2025-09-01 14:52:23</t>
         </is>
       </c>
       <c r="AF30" t="n">
         <v>60</v>
       </c>
       <c r="AG30" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH30" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI30" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Gás</t>
         </is>
       </c>
       <c r="D31" t="n">
         <v>15004</v>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>Temperatura</t>
@@ -4587,61 +4587,61 @@
         <v>1</v>
       </c>
       <c r="AB31" t="n">
         <v>0</v>
       </c>
       <c r="AC31" t="inlineStr">
         <is>
           <t>0.062164*x-49.621452</t>
         </is>
       </c>
       <c r="AD31" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE31" t="inlineStr">
         <is>
           <t>2025-09-01 14:52:23</t>
         </is>
       </c>
       <c r="AF31" t="n">
         <v>60</v>
       </c>
       <c r="AG31" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH31" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI31" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Gás</t>
         </is>
       </c>
       <c r="D32" t="n">
         <v>15005</v>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>CH1 Valor Atual</t>
@@ -4738,61 +4738,61 @@
         <v>1</v>
       </c>
       <c r="AB32" t="n">
         <v>0</v>
       </c>
       <c r="AC32" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD32" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE32" t="inlineStr">
         <is>
           <t>2025-09-01 14:52:23</t>
         </is>
       </c>
       <c r="AF32" t="n">
         <v>60</v>
       </c>
       <c r="AG32" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH32" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI32" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Gás</t>
         </is>
       </c>
       <c r="D33" t="n">
         <v>15006</v>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>Press_Gás</t>
@@ -4889,61 +4889,61 @@
         <v>1</v>
       </c>
       <c r="AB33" t="n">
         <v>0</v>
       </c>
       <c r="AC33" t="inlineStr">
         <is>
           <t>(x/200*0.9375)-3.75</t>
         </is>
       </c>
       <c r="AD33" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE33" t="inlineStr">
         <is>
           <t>2025-09-01 00:00:00</t>
         </is>
       </c>
       <c r="AF33" t="n">
         <v>60</v>
       </c>
       <c r="AG33" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH33" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI33" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Gás</t>
         </is>
       </c>
       <c r="D34" t="n">
         <v>15007</v>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>Pressão_Dif_Gás</t>
@@ -5040,61 +5040,61 @@
         <v>1</v>
       </c>
       <c r="AB34" t="n">
         <v>0</v>
       </c>
       <c r="AC34" t="inlineStr">
         <is>
           <t>(x/200*62.5)-250</t>
         </is>
       </c>
       <c r="AD34" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE34" t="inlineStr">
         <is>
           <t>2025-09-01 00:00:00</t>
         </is>
       </c>
       <c r="AF34" t="n">
         <v>60</v>
       </c>
       <c r="AG34" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH34" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI34" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Embu das Artes</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Caldeiras</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Gás</t>
         </is>
       </c>
       <c r="D35" t="n">
         <v>15008</v>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Temp_Gás</t>
@@ -5191,58 +5191,58 @@
         <v>1</v>
       </c>
       <c r="AB35" t="n">
         <v>0</v>
       </c>
       <c r="AC35" t="inlineStr">
         <is>
           <t>(x/200*12.5)-50</t>
         </is>
       </c>
       <c r="AD35" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE35" t="inlineStr">
         <is>
           <t>2025-09-01 00:00:00</t>
         </is>
       </c>
       <c r="AF35" t="n">
         <v>60</v>
       </c>
       <c r="AG35" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH35" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:26</t>
+          <t>2026-02-12 19:00:19</t>
         </is>
       </c>
       <c r="AI35" t="inlineStr">
         <is>
-          <t>2025-12-15 00:00:00</t>
+          <t>2027-01-01 00:00:00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>