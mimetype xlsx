--- v0 (2025-12-15)
+++ v1 (2026-02-12)
@@ -731,51 +731,51 @@
       <c r="AC2" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD2" t="inlineStr">
         <is>
           <t>x*55</t>
         </is>
       </c>
       <c r="AE2" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF2" t="n">
         <v>60</v>
       </c>
       <c r="AG2" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH2" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Água</t>
         </is>
       </c>
       <c r="D3" t="n">
         <v>9714</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
@@ -850,51 +850,51 @@
       <c r="AC3" t="inlineStr">
         <is>
           <t>x/100</t>
         </is>
       </c>
       <c r="AD3" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE3" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF3" t="n">
         <v>60</v>
       </c>
       <c r="AG3" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH3" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Água</t>
         </is>
       </c>
       <c r="D4" t="n">
         <v>9725</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
@@ -977,51 +977,51 @@
       <c r="AC4" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD4" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE4" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF4" t="n">
         <v>60</v>
       </c>
       <c r="AG4" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH4" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>QGBT Utilidades</t>
         </is>
       </c>
       <c r="D5" t="n">
         <v>9761</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
@@ -1104,51 +1104,51 @@
       <c r="AC5" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD5" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE5" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF5" t="n">
         <v>60</v>
       </c>
       <c r="AG5" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH5" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>QGBT Utilidades</t>
         </is>
       </c>
       <c r="D6" t="n">
         <v>9762</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
@@ -1231,51 +1231,51 @@
       <c r="AC6" t="inlineStr">
         <is>
           <t>((x*3*(2000*380)/16384/4000)*1.064)*1.01</t>
         </is>
       </c>
       <c r="AD6" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE6" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF6" t="n">
         <v>60</v>
       </c>
       <c r="AG6" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH6" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>QGBT Utilidades</t>
         </is>
       </c>
       <c r="D7" t="n">
         <v>9763</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
@@ -1358,51 +1358,51 @@
       <c r="AC7" t="inlineStr">
         <is>
           <t>(32767-x)*3*(2000*380)/16384/4000/100</t>
         </is>
       </c>
       <c r="AD7" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE7" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF7" t="n">
         <v>60</v>
       </c>
       <c r="AG7" t="inlineStr">
         <is>
           <t>NO_DATA</t>
         </is>
       </c>
       <c r="AH7" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>QGBT Utilidades</t>
         </is>
       </c>
       <c r="D8" t="n">
         <v>9765</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
@@ -1485,51 +1485,51 @@
       <c r="AC8" t="inlineStr">
         <is>
           <t>x*10*100/16384/40</t>
         </is>
       </c>
       <c r="AD8" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE8" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF8" t="n">
         <v>60</v>
       </c>
       <c r="AG8" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH8" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>QGBT Utilidades</t>
         </is>
       </c>
       <c r="D9" t="n">
         <v>9890</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
@@ -1612,51 +1612,51 @@
       <c r="AC9" t="inlineStr">
         <is>
           <t>x*220*1.732/16384/4000*1000</t>
         </is>
       </c>
       <c r="AD9" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE9" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF9" t="n">
         <v>60</v>
       </c>
       <c r="AG9" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH9" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>QGBT Utilidades</t>
         </is>
       </c>
       <c r="D10" t="n">
         <v>9891</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
@@ -1739,51 +1739,51 @@
       <c r="AC10" t="inlineStr">
         <is>
           <t>x*220*1.732/16384/4000*1000</t>
         </is>
       </c>
       <c r="AD10" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE10" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF10" t="n">
         <v>60</v>
       </c>
       <c r="AG10" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH10" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>QGBT Utilidades</t>
         </is>
       </c>
       <c r="D11" t="n">
         <v>9892</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
@@ -1866,51 +1866,51 @@
       <c r="AC11" t="inlineStr">
         <is>
           <t>x*220*1.732/16384/4000*1000</t>
         </is>
       </c>
       <c r="AD11" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE11" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF11" t="n">
         <v>60</v>
       </c>
       <c r="AG11" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH11" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>QGBT Utilidades</t>
         </is>
       </c>
       <c r="D12" t="n">
         <v>9893</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
@@ -1993,51 +1993,51 @@
       <c r="AC12" t="inlineStr">
         <is>
           <t>x*380*1.732/16384/4000*1000</t>
         </is>
       </c>
       <c r="AD12" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE12" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF12" t="n">
         <v>60</v>
       </c>
       <c r="AG12" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH12" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>QGBT Utilidades</t>
         </is>
       </c>
       <c r="D13" t="n">
         <v>9894</v>
       </c>
       <c r="E13" t="inlineStr">
         <is>
@@ -2120,51 +2120,51 @@
       <c r="AC13" t="inlineStr">
         <is>
           <t>x*380*1.732/16384/4000*1000</t>
         </is>
       </c>
       <c r="AD13" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE13" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF13" t="n">
         <v>60</v>
       </c>
       <c r="AG13" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH13" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>QGBT Utilidades</t>
         </is>
       </c>
       <c r="D14" t="n">
         <v>9895</v>
       </c>
       <c r="E14" t="inlineStr">
         <is>
@@ -2247,51 +2247,51 @@
       <c r="AC14" t="inlineStr">
         <is>
           <t>x*380*1.732/16384/4000*1000</t>
         </is>
       </c>
       <c r="AD14" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE14" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF14" t="n">
         <v>60</v>
       </c>
       <c r="AG14" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH14" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>QGBT Utilidades</t>
         </is>
       </c>
       <c r="D15" t="n">
         <v>9896</v>
       </c>
       <c r="E15" t="inlineStr">
         <is>
@@ -2374,51 +2374,51 @@
       <c r="AC15" t="inlineStr">
         <is>
           <t>x*2000/16384/4000*1000</t>
         </is>
       </c>
       <c r="AD15" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE15" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF15" t="n">
         <v>60</v>
       </c>
       <c r="AG15" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH15" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>QGBT Utilidades</t>
         </is>
       </c>
       <c r="D16" t="n">
         <v>9897</v>
       </c>
       <c r="E16" t="inlineStr">
         <is>
@@ -2501,51 +2501,51 @@
       <c r="AC16" t="inlineStr">
         <is>
           <t>x*2000/16384/4000*1000</t>
         </is>
       </c>
       <c r="AD16" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE16" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF16" t="n">
         <v>60</v>
       </c>
       <c r="AG16" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH16" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>QGBT Utilidades</t>
         </is>
       </c>
       <c r="D17" t="n">
         <v>9898</v>
       </c>
       <c r="E17" t="inlineStr">
         <is>
@@ -2628,51 +2628,51 @@
       <c r="AC17" t="inlineStr">
         <is>
           <t>x*2000/16384/4000*1000</t>
         </is>
       </c>
       <c r="AD17" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE17" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF17" t="n">
         <v>60</v>
       </c>
       <c r="AG17" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH17" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>QGBT Utilidades</t>
         </is>
       </c>
       <c r="D18" t="n">
         <v>9899</v>
       </c>
       <c r="E18" t="inlineStr">
         <is>
@@ -2755,51 +2755,51 @@
       <c r="AC18" t="inlineStr">
         <is>
           <t>x*3*(2000*380)/16384/4000</t>
         </is>
       </c>
       <c r="AD18" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE18" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF18" t="n">
         <v>60</v>
       </c>
       <c r="AG18" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH18" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Água</t>
         </is>
       </c>
       <c r="D19" t="n">
         <v>10017</v>
       </c>
       <c r="E19" t="inlineStr">
         <is>
@@ -2878,56 +2878,56 @@
         <v>1</v>
       </c>
       <c r="AB19" t="n">
         <v>0</v>
       </c>
       <c r="AC19" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD19" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE19" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF19" t="n">
         <v>60</v>
       </c>
       <c r="AG19" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>OK</t>
         </is>
       </c>
       <c r="AH19" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Ar</t>
         </is>
       </c>
       <c r="D20" t="n">
         <v>10304</v>
       </c>
       <c r="E20" t="inlineStr">
         <is>
@@ -3006,51 +3006,51 @@
       <c r="AC20" t="inlineStr">
         <is>
           <t>0.004*x</t>
         </is>
       </c>
       <c r="AD20" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE20" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF20" t="n">
         <v>60</v>
       </c>
       <c r="AG20" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH20" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Vapor Geral</t>
         </is>
       </c>
       <c r="D21" t="n">
         <v>10307</v>
       </c>
       <c r="E21" t="inlineStr">
         <is>
@@ -3133,51 +3133,51 @@
       <c r="AC21" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD21" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE21" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF21" t="n">
         <v>60</v>
       </c>
       <c r="AG21" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH21" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Vapor Hospital</t>
         </is>
       </c>
       <c r="D22" t="n">
         <v>10308</v>
       </c>
       <c r="E22" t="inlineStr">
         <is>
@@ -3260,51 +3260,51 @@
       <c r="AC22" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD22" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE22" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF22" t="n">
         <v>60</v>
       </c>
       <c r="AG22" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH22" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Vapor Geral</t>
         </is>
       </c>
       <c r="D23" t="n">
         <v>10656</v>
       </c>
       <c r="E23" t="inlineStr">
         <is>
@@ -3389,51 +3389,51 @@
       <c r="AC23" t="inlineStr">
         <is>
           <t>x/100</t>
         </is>
       </c>
       <c r="AD23" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE23" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF23" t="n">
         <v>60</v>
       </c>
       <c r="AG23" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH23" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Vapor Geral</t>
         </is>
       </c>
       <c r="D24" t="n">
         <v>10658</v>
       </c>
       <c r="E24" t="inlineStr">
         <is>
@@ -3518,51 +3518,51 @@
       <c r="AC24" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD24" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE24" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF24" t="n">
         <v>60</v>
       </c>
       <c r="AG24" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH24" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B25" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>Caldeira 01</t>
         </is>
       </c>
       <c r="D25" t="n">
         <v>10659</v>
       </c>
       <c r="E25" t="inlineStr">
         <is>
@@ -3647,51 +3647,51 @@
       <c r="AC25" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD25" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE25" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF25" t="n">
         <v>60</v>
       </c>
       <c r="AG25" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH25" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Caldeira 01</t>
         </is>
       </c>
       <c r="D26" t="n">
         <v>10660</v>
       </c>
       <c r="E26" t="inlineStr">
         <is>
@@ -3776,51 +3776,51 @@
       <c r="AC26" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD26" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE26" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF26" t="n">
         <v>60</v>
       </c>
       <c r="AG26" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH26" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Caldeira 01</t>
         </is>
       </c>
       <c r="D27" t="n">
         <v>10661</v>
       </c>
       <c r="E27" t="inlineStr">
         <is>
@@ -3907,51 +3907,51 @@
       <c r="AC27" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD27" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE27" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF27" t="n">
         <v>60</v>
       </c>
       <c r="AG27" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH27" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Caldeira 01</t>
         </is>
       </c>
       <c r="D28" t="n">
         <v>10662</v>
       </c>
       <c r="E28" t="inlineStr">
         <is>
@@ -4037,51 +4037,51 @@
       <c r="AC28" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD28" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE28" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF28" t="n">
         <v>60</v>
       </c>
       <c r="AG28" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH28" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B29" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Caldeira 02</t>
         </is>
       </c>
       <c r="D29" t="n">
         <v>10663</v>
       </c>
       <c r="E29" t="inlineStr">
         <is>
@@ -4164,51 +4164,51 @@
       <c r="AC29" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD29" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE29" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF29" t="n">
         <v>60</v>
       </c>
       <c r="AG29" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH29" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Caldeira 02</t>
         </is>
       </c>
       <c r="D30" t="n">
         <v>10664</v>
       </c>
       <c r="E30" t="inlineStr">
         <is>
@@ -4291,51 +4291,51 @@
       <c r="AC30" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD30" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE30" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF30" t="n">
         <v>60</v>
       </c>
       <c r="AG30" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH30" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Caldeira 02</t>
         </is>
       </c>
       <c r="D31" t="n">
         <v>10665</v>
       </c>
       <c r="E31" t="inlineStr">
         <is>
@@ -4418,51 +4418,51 @@
       <c r="AC31" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD31" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE31" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF31" t="n">
         <v>60</v>
       </c>
       <c r="AG31" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH31" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>Caldeira 02</t>
         </is>
       </c>
       <c r="D32" t="n">
         <v>10666</v>
       </c>
       <c r="E32" t="inlineStr">
         <is>
@@ -4545,51 +4545,51 @@
       <c r="AC32" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD32" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE32" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF32" t="n">
         <v>60</v>
       </c>
       <c r="AG32" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH32" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B33" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Caldeira 02</t>
         </is>
       </c>
       <c r="D33" t="n">
         <v>12009</v>
       </c>
       <c r="E33" t="inlineStr">
         <is>
@@ -4675,51 +4675,51 @@
       <c r="AC33" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD33" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE33" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF33" t="n">
         <v>60</v>
       </c>
       <c r="AG33" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH33" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Caldeira 01</t>
         </is>
       </c>
       <c r="D34" t="n">
         <v>12010</v>
       </c>
       <c r="E34" t="inlineStr">
         <is>
@@ -4805,51 +4805,51 @@
       <c r="AC34" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD34" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE34" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF34" t="n">
         <v>60</v>
       </c>
       <c r="AG34" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH34" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Caldeira 01</t>
         </is>
       </c>
       <c r="D35" t="n">
         <v>12014</v>
       </c>
       <c r="E35" t="inlineStr">
         <is>
@@ -4934,51 +4934,51 @@
       <c r="AC35" t="inlineStr">
         <is>
           <t>x+9</t>
         </is>
       </c>
       <c r="AD35" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE35" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF35" t="n">
         <v>60</v>
       </c>
       <c r="AG35" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH35" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B36" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Caldeira 02</t>
         </is>
       </c>
       <c r="D36" t="n">
         <v>12015</v>
       </c>
       <c r="E36" t="inlineStr">
         <is>
@@ -5063,51 +5063,51 @@
       <c r="AC36" t="inlineStr">
         <is>
           <t>x+9</t>
         </is>
       </c>
       <c r="AD36" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE36" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF36" t="n">
         <v>60</v>
       </c>
       <c r="AG36" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH36" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI36" t="inlineStr"/>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>Caldeira 01</t>
         </is>
       </c>
       <c r="D37" t="n">
         <v>12016</v>
       </c>
       <c r="E37" t="inlineStr">
         <is>
@@ -5192,51 +5192,51 @@
       <c r="AC37" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD37" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE37" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF37" t="n">
         <v>60</v>
       </c>
       <c r="AG37" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH37" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI37" t="inlineStr"/>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Caldeiras e QGBT</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>Caldeira 02</t>
         </is>
       </c>
       <c r="D38" t="n">
         <v>12017</v>
       </c>
       <c r="E38" t="inlineStr">
         <is>
@@ -5321,51 +5321,51 @@
       <c r="AC38" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD38" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE38" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF38" t="n">
         <v>60</v>
       </c>
       <c r="AG38" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH38" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI38" t="inlineStr"/>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>Vapor Industrial</t>
         </is>
       </c>
       <c r="D39" t="n">
         <v>12024</v>
       </c>
       <c r="E39" t="inlineStr">
         <is>
@@ -5448,51 +5448,51 @@
       <c r="AC39" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD39" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE39" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF39" t="n">
         <v>60</v>
       </c>
       <c r="AG39" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH39" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI39" t="inlineStr"/>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>Vapor Industrial</t>
         </is>
       </c>
       <c r="D40" t="n">
         <v>12025</v>
       </c>
       <c r="E40" t="inlineStr">
         <is>
@@ -5575,51 +5575,51 @@
       <c r="AC40" t="inlineStr">
         <is>
           <t>x/100</t>
         </is>
       </c>
       <c r="AD40" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE40" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF40" t="n">
         <v>60</v>
       </c>
       <c r="AG40" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH40" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI40" t="inlineStr"/>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>Vapor Industrial</t>
         </is>
       </c>
       <c r="D41" t="n">
         <v>12027</v>
       </c>
       <c r="E41" t="inlineStr">
         <is>
@@ -5702,51 +5702,51 @@
       <c r="AC41" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD41" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE41" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF41" t="n">
         <v>60</v>
       </c>
       <c r="AG41" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH41" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI41" t="inlineStr"/>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>Vapor Hotel</t>
         </is>
       </c>
       <c r="D42" t="n">
         <v>12032</v>
       </c>
       <c r="E42" t="inlineStr">
         <is>
@@ -5829,51 +5829,51 @@
       <c r="AC42" t="inlineStr">
         <is>
           <t>x/100</t>
         </is>
       </c>
       <c r="AD42" t="inlineStr">
         <is>
           <t>x/100</t>
         </is>
       </c>
       <c r="AE42" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF42" t="n">
         <v>60</v>
       </c>
       <c r="AG42" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH42" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI42" t="inlineStr"/>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>Vapor Hotel</t>
         </is>
       </c>
       <c r="D43" t="n">
         <v>12034</v>
       </c>
       <c r="E43" t="inlineStr">
         <is>
@@ -5956,51 +5956,51 @@
       <c r="AC43" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD43" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE43" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF43" t="n">
         <v>60</v>
       </c>
       <c r="AG43" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH43" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI43" t="inlineStr"/>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>Vapor Hospital</t>
         </is>
       </c>
       <c r="D44" t="n">
         <v>12068</v>
       </c>
       <c r="E44" t="inlineStr">
         <is>
@@ -6083,51 +6083,51 @@
       <c r="AC44" t="inlineStr">
         <is>
           <t>x/100</t>
         </is>
       </c>
       <c r="AD44" t="inlineStr">
         <is>
           <t>x/100</t>
         </is>
       </c>
       <c r="AE44" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF44" t="n">
         <v>60</v>
       </c>
       <c r="AG44" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH44" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI44" t="inlineStr"/>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>Vapor Hospital</t>
         </is>
       </c>
       <c r="D45" t="n">
         <v>12070</v>
       </c>
       <c r="E45" t="inlineStr">
         <is>
@@ -6210,51 +6210,51 @@
       <c r="AC45" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD45" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE45" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF45" t="n">
         <v>60</v>
       </c>
       <c r="AG45" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH45" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI45" t="inlineStr"/>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>Água</t>
         </is>
       </c>
       <c r="D46" t="n">
         <v>14629</v>
       </c>
       <c r="E46" t="inlineStr">
         <is>
@@ -6332,56 +6332,56 @@
         <v>1</v>
       </c>
       <c r="AB46" t="n">
         <v>0</v>
       </c>
       <c r="AC46" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD46" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE46" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF46" t="n">
         <v>60</v>
       </c>
       <c r="AG46" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>NO_DATA</t>
         </is>
       </c>
       <c r="AH46" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI46" t="inlineStr"/>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>Água</t>
         </is>
       </c>
       <c r="D47" t="n">
         <v>14791</v>
       </c>
       <c r="E47" t="inlineStr">
         <is>
@@ -6459,56 +6459,56 @@
         <v>1</v>
       </c>
       <c r="AB47" t="n">
         <v>0</v>
       </c>
       <c r="AC47" t="inlineStr">
         <is>
           <t>x/10</t>
         </is>
       </c>
       <c r="AD47" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE47" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF47" t="n">
         <v>60</v>
       </c>
       <c r="AG47" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>NO_DATA</t>
         </is>
       </c>
       <c r="AH47" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI47" t="inlineStr"/>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>Água</t>
         </is>
       </c>
       <c r="D48" t="n">
         <v>14930</v>
       </c>
       <c r="E48" t="inlineStr">
         <is>
@@ -6587,56 +6587,56 @@
         <v>1</v>
       </c>
       <c r="AB48" t="n">
         <v>0</v>
       </c>
       <c r="AC48" t="inlineStr">
         <is>
           <t>x/10</t>
         </is>
       </c>
       <c r="AD48" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE48" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF48" t="n">
         <v>60</v>
       </c>
       <c r="AG48" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>OK</t>
         </is>
       </c>
       <c r="AH48" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI48" t="inlineStr"/>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D49" t="n">
         <v>15073</v>
       </c>
       <c r="E49" t="inlineStr">
         <is>
@@ -6711,51 +6711,51 @@
       <c r="AC49" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD49" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE49" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF49" t="n">
         <v>0</v>
       </c>
       <c r="AG49" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH49" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI49" t="inlineStr"/>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D50" t="n">
         <v>15074</v>
       </c>
       <c r="E50" t="inlineStr">
         <is>
@@ -6830,51 +6830,51 @@
       <c r="AC50" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD50" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE50" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF50" t="n">
         <v>0</v>
       </c>
       <c r="AG50" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH50" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI50" t="inlineStr"/>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D51" t="n">
         <v>15075</v>
       </c>
       <c r="E51" t="inlineStr">
         <is>
@@ -6949,51 +6949,51 @@
       <c r="AC51" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD51" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE51" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF51" t="n">
         <v>0</v>
       </c>
       <c r="AG51" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH51" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI51" t="inlineStr"/>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D52" t="n">
         <v>15076</v>
       </c>
       <c r="E52" t="inlineStr">
         <is>
@@ -7068,51 +7068,51 @@
       <c r="AC52" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD52" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE52" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF52" t="n">
         <v>0</v>
       </c>
       <c r="AG52" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH52" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI52" t="inlineStr"/>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B53" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D53" t="n">
         <v>15077</v>
       </c>
       <c r="E53" t="inlineStr">
         <is>
@@ -7187,51 +7187,51 @@
       <c r="AC53" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD53" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE53" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF53" t="n">
         <v>0</v>
       </c>
       <c r="AG53" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH53" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI53" t="inlineStr"/>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D54" t="n">
         <v>15078</v>
       </c>
       <c r="E54" t="inlineStr">
         <is>
@@ -7306,51 +7306,51 @@
       <c r="AC54" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD54" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE54" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF54" t="n">
         <v>0</v>
       </c>
       <c r="AG54" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH54" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI54" t="inlineStr"/>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D55" t="n">
         <v>15079</v>
       </c>
       <c r="E55" t="inlineStr">
         <is>
@@ -7425,51 +7425,51 @@
       <c r="AC55" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD55" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE55" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF55" t="n">
         <v>0</v>
       </c>
       <c r="AG55" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH55" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI55" t="inlineStr"/>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B56" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D56" t="n">
         <v>15080</v>
       </c>
       <c r="E56" t="inlineStr">
         <is>
@@ -7544,51 +7544,51 @@
       <c r="AC56" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD56" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE56" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF56" t="n">
         <v>0</v>
       </c>
       <c r="AG56" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH56" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI56" t="inlineStr"/>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B57" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D57" t="n">
         <v>15081</v>
       </c>
       <c r="E57" t="inlineStr">
         <is>
@@ -7663,51 +7663,51 @@
       <c r="AC57" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD57" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE57" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF57" t="n">
         <v>0</v>
       </c>
       <c r="AG57" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH57" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI57" t="inlineStr"/>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D58" t="n">
         <v>15082</v>
       </c>
       <c r="E58" t="inlineStr">
         <is>
@@ -7782,51 +7782,51 @@
       <c r="AC58" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD58" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE58" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF58" t="n">
         <v>0</v>
       </c>
       <c r="AG58" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH58" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI58" t="inlineStr"/>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D59" t="n">
         <v>15083</v>
       </c>
       <c r="E59" t="inlineStr">
         <is>
@@ -7901,51 +7901,51 @@
       <c r="AC59" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD59" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE59" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF59" t="n">
         <v>0</v>
       </c>
       <c r="AG59" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH59" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI59" t="inlineStr"/>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D60" t="n">
         <v>15084</v>
       </c>
       <c r="E60" t="inlineStr">
         <is>
@@ -8020,51 +8020,51 @@
       <c r="AC60" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD60" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE60" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF60" t="n">
         <v>0</v>
       </c>
       <c r="AG60" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH60" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI60" t="inlineStr"/>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D61" t="n">
         <v>15085</v>
       </c>
       <c r="E61" t="inlineStr">
         <is>
@@ -8139,51 +8139,51 @@
       <c r="AC61" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD61" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE61" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF61" t="n">
         <v>0</v>
       </c>
       <c r="AG61" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH61" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI61" t="inlineStr"/>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D62" t="n">
         <v>15086</v>
       </c>
       <c r="E62" t="inlineStr">
         <is>
@@ -8258,51 +8258,51 @@
       <c r="AC62" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD62" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE62" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF62" t="n">
         <v>0</v>
       </c>
       <c r="AG62" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH62" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI62" t="inlineStr"/>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D63" t="n">
         <v>15087</v>
       </c>
       <c r="E63" t="inlineStr">
         <is>
@@ -8377,51 +8377,51 @@
       <c r="AC63" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD63" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE63" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF63" t="n">
         <v>0</v>
       </c>
       <c r="AG63" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH63" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI63" t="inlineStr"/>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D64" t="n">
         <v>15088</v>
       </c>
       <c r="E64" t="inlineStr">
         <is>
@@ -8496,51 +8496,51 @@
       <c r="AC64" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD64" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE64" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF64" t="n">
         <v>0</v>
       </c>
       <c r="AG64" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH64" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI64" t="inlineStr"/>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D65" t="n">
         <v>15089</v>
       </c>
       <c r="E65" t="inlineStr">
         <is>
@@ -8615,51 +8615,51 @@
       <c r="AC65" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD65" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE65" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF65" t="n">
         <v>0</v>
       </c>
       <c r="AG65" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH65" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI65" t="inlineStr"/>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D66" t="n">
         <v>15090</v>
       </c>
       <c r="E66" t="inlineStr">
         <is>
@@ -8734,51 +8734,51 @@
       <c r="AC66" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD66" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE66" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF66" t="n">
         <v>0</v>
       </c>
       <c r="AG66" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH66" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI66" t="inlineStr"/>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D67" t="n">
         <v>15091</v>
       </c>
       <c r="E67" t="inlineStr">
         <is>
@@ -8853,51 +8853,51 @@
       <c r="AC67" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD67" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE67" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF67" t="n">
         <v>0</v>
       </c>
       <c r="AG67" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH67" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI67" t="inlineStr"/>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D68" t="n">
         <v>15092</v>
       </c>
       <c r="E68" t="inlineStr">
         <is>
@@ -8972,51 +8972,51 @@
       <c r="AC68" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD68" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE68" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF68" t="n">
         <v>0</v>
       </c>
       <c r="AG68" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH68" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI68" t="inlineStr"/>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D69" t="n">
         <v>15093</v>
       </c>
       <c r="E69" t="inlineStr">
         <is>
@@ -9091,51 +9091,51 @@
       <c r="AC69" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD69" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE69" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF69" t="n">
         <v>0</v>
       </c>
       <c r="AG69" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH69" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI69" t="inlineStr"/>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D70" t="n">
         <v>15094</v>
       </c>
       <c r="E70" t="inlineStr">
         <is>
@@ -9210,51 +9210,51 @@
       <c r="AC70" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD70" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE70" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF70" t="n">
         <v>0</v>
       </c>
       <c r="AG70" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH70" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI70" t="inlineStr"/>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t xml:space="preserve">TLC_Roupa_Lavada </t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t xml:space="preserve">Análise_semanal </t>
         </is>
       </c>
       <c r="D71" t="n">
         <v>15095</v>
       </c>
       <c r="E71" t="inlineStr">
         <is>
@@ -9329,51 +9329,51 @@
       <c r="AC71" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD71" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE71" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF71" t="n">
         <v>0</v>
       </c>
       <c r="AG71" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH71" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI71" t="inlineStr"/>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B72" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>Água</t>
         </is>
       </c>
       <c r="D72" t="n">
         <v>15151</v>
       </c>
       <c r="E72" t="inlineStr">
         <is>
@@ -9439,56 +9439,56 @@
         <v>1</v>
       </c>
       <c r="AB72" t="n">
         <v>0</v>
       </c>
       <c r="AC72" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD72" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE72" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF72" t="n">
         <v>60</v>
       </c>
       <c r="AG72" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>OK</t>
         </is>
       </c>
       <c r="AH72" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI72" t="inlineStr"/>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>Água</t>
         </is>
       </c>
       <c r="D73" t="n">
         <v>15152</v>
       </c>
       <c r="E73" t="inlineStr">
         <is>
@@ -9554,56 +9554,56 @@
         <v>1</v>
       </c>
       <c r="AB73" t="n">
         <v>0</v>
       </c>
       <c r="AC73" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD73" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE73" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF73" t="n">
         <v>60</v>
       </c>
       <c r="AG73" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>NO_DATA</t>
         </is>
       </c>
       <c r="AH73" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI73" t="inlineStr"/>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
           <t>Jund_Utildd</t>
         </is>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Vapor_Água_Ar</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>Água</t>
         </is>
       </c>
       <c r="D74" t="n">
         <v>15153</v>
       </c>
       <c r="E74" t="inlineStr">
         <is>
@@ -9674,49 +9674,49 @@
       <c r="AC74" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD74" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE74" t="inlineStr">
         <is>
           <t>2024-01-01 00:00:00</t>
         </is>
       </c>
       <c r="AF74" t="n">
         <v>60</v>
       </c>
       <c r="AG74" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="AH74" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="AI74" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>