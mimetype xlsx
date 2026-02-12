--- v0 (2025-12-15)
+++ v1 (2026-02-12)
@@ -637,51 +637,51 @@
           <t>Cons_Acumulado_Diário</t>
         </is>
       </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>Último valor deste KPI + integral da vazão horária do consumo poço 2, zerando toda zero hora</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr"/>
       <c r="R2" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S2" t="inlineStr"/>
       <c r="T2" t="n">
         <v>1500</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V2" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W2" t="inlineStr"/>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Atualizar</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>9997</v>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Ind+Tec Vapor acumulado dia</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>ton/dia</t>
         </is>
       </c>
       <c r="E3" t="n">
         <v>0</v>
@@ -732,51 +732,51 @@
           <t>Cons_Acumulado_Diário</t>
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
           <t>total dia do sensor vapor industrial</t>
         </is>
       </c>
       <c r="Q3" t="inlineStr"/>
       <c r="R3" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S3" t="inlineStr"/>
       <c r="T3" t="n">
         <v>1500</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V3" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W3" t="inlineStr"/>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Atualizar</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>9998</v>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Hospital Vapor acumulado dia</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>ton/dia</t>
         </is>
       </c>
       <c r="E4" t="n">
         <v>0</v>
@@ -827,51 +827,51 @@
           <t>Cons_Acumulado_Diário</t>
         </is>
       </c>
       <c r="P4" t="inlineStr">
         <is>
           <t>total dia do sensor vapor Hospital acumulado a cada atualização do Grupo</t>
         </is>
       </c>
       <c r="Q4" t="inlineStr"/>
       <c r="R4" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S4" t="inlineStr"/>
       <c r="T4" t="n">
         <v>1500</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V4" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W4" t="inlineStr"/>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Atualizar</t>
         </is>
       </c>
       <c r="B5" t="n">
         <v>9999</v>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Geral Vapor acumulado dia</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>ton/dia</t>
         </is>
       </c>
       <c r="E5" t="n">
         <v>0</v>
@@ -922,51 +922,51 @@
           <t>Cons_Acumulado_Diário</t>
         </is>
       </c>
       <c r="P5" t="inlineStr">
         <is>
           <t>total dia do sensor vapor Geral</t>
         </is>
       </c>
       <c r="Q5" t="inlineStr"/>
       <c r="R5" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S5" t="inlineStr"/>
       <c r="T5" t="n">
         <v>1500</v>
       </c>
       <c r="U5" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V5" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W5" t="inlineStr"/>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Atualizar</t>
         </is>
       </c>
       <c r="B6" t="n">
         <v>10000</v>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Utilidades Energia Elétrica acumulado dia</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
           <t>kW/dia</t>
         </is>
       </c>
       <c r="E6" t="n">
         <v>0</v>
@@ -1017,51 +1017,51 @@
           <t>Cons_Acumulado_Diário</t>
         </is>
       </c>
       <c r="P6" t="inlineStr">
         <is>
           <t>consumo energia medidor Utilidades atualizando a cada intervalo do 'Grupo'</t>
         </is>
       </c>
       <c r="Q6" t="inlineStr"/>
       <c r="R6" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S6" t="inlineStr"/>
       <c r="T6" t="n">
         <v>1500</v>
       </c>
       <c r="U6" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V6" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W6" t="inlineStr"/>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Atualizar</t>
         </is>
       </c>
       <c r="B7" t="n">
         <v>10001</v>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Hotel Vapor acumulado dia</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
           <t>ton/dia</t>
         </is>
       </c>
       <c r="E7" t="n">
         <v>0</v>
@@ -1112,51 +1112,51 @@
           <t>Cons_Acumulado_Diário</t>
         </is>
       </c>
       <c r="P7" t="inlineStr">
         <is>
           <t>total dia do sensor vapor Hotel acumulado a cada atualização do Grupo</t>
         </is>
       </c>
       <c r="Q7" t="inlineStr"/>
       <c r="R7" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S7" t="inlineStr"/>
       <c r="T7" t="n">
         <v>1500</v>
       </c>
       <c r="U7" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V7" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W7" t="inlineStr"/>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Atualizar</t>
         </is>
       </c>
       <c r="B8" t="n">
         <v>10669</v>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Cavaco Cald 01 acumulado dia</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
           <t>m3</t>
         </is>
       </c>
       <c r="E8" t="n">
         <v>0</v>
@@ -1207,51 +1207,51 @@
           <t>Cons_Acumulado_Diário</t>
         </is>
       </c>
       <c r="P8" t="inlineStr">
         <is>
           <t>total dia do sensor cavaco cald 01 acumulado a cada atualização do Grupo</t>
         </is>
       </c>
       <c r="Q8" t="inlineStr"/>
       <c r="R8" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S8" t="inlineStr"/>
       <c r="T8" t="n">
         <v>1500</v>
       </c>
       <c r="U8" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V8" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W8" t="inlineStr"/>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Atualizar</t>
         </is>
       </c>
       <c r="B9" t="n">
         <v>10670</v>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Cavaco Cald 02 acumulado dia</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
           <t>m3</t>
         </is>
       </c>
       <c r="E9" t="n">
         <v>0</v>
@@ -1302,51 +1302,51 @@
           <t>Cons_Acumulado_Diário</t>
         </is>
       </c>
       <c r="P9" t="inlineStr">
         <is>
           <t>total dia do sensor cavaco cald 02 acumulado a cada atualização do Grupo</t>
         </is>
       </c>
       <c r="Q9" t="inlineStr"/>
       <c r="R9" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S9" t="inlineStr"/>
       <c r="T9" t="n">
         <v>1500</v>
       </c>
       <c r="U9" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V9" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W9" t="inlineStr"/>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Diário</t>
         </is>
       </c>
       <c r="B10" t="n">
         <v>9983</v>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Ind+Tec Vapor dia</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
           <t>ton/dia</t>
         </is>
       </c>
       <c r="E10" t="n">
         <v>0</v>
@@ -1397,51 +1397,51 @@
           <t>Cons_Diário</t>
         </is>
       </c>
       <c r="P10" t="inlineStr">
         <is>
           <t>total dia do sensor vapor industrial</t>
         </is>
       </c>
       <c r="Q10" t="inlineStr"/>
       <c r="R10" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S10" t="inlineStr"/>
       <c r="T10" t="n">
         <v>1500</v>
       </c>
       <c r="U10" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V10" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W10" t="inlineStr"/>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Diário</t>
         </is>
       </c>
       <c r="B11" t="n">
         <v>9984</v>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Hotel Vapor dia</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
           <t>ton/dia</t>
         </is>
       </c>
       <c r="E11" t="n">
         <v>0</v>
@@ -1492,51 +1492,51 @@
           <t>Cons_Diário</t>
         </is>
       </c>
       <c r="P11" t="inlineStr">
         <is>
           <t>total dia do sensor vapor Hotel</t>
         </is>
       </c>
       <c r="Q11" t="inlineStr"/>
       <c r="R11" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S11" t="inlineStr"/>
       <c r="T11" t="n">
         <v>1500</v>
       </c>
       <c r="U11" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V11" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W11" t="inlineStr"/>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Diário</t>
         </is>
       </c>
       <c r="B12" t="n">
         <v>9985</v>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Hospital Vapor dia</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
           <t>ton/dia</t>
         </is>
       </c>
       <c r="E12" t="n">
         <v>0</v>
@@ -1587,51 +1587,51 @@
           <t>Cons_Diário</t>
         </is>
       </c>
       <c r="P12" t="inlineStr">
         <is>
           <t>total dia do sensor vapor Hospital</t>
         </is>
       </c>
       <c r="Q12" t="inlineStr"/>
       <c r="R12" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S12" t="inlineStr"/>
       <c r="T12" t="n">
         <v>1500</v>
       </c>
       <c r="U12" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V12" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W12" t="inlineStr"/>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Diário</t>
         </is>
       </c>
       <c r="B13" t="n">
         <v>9986</v>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Utilidades Energia Elétrica dia</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
           <t>kW/dia</t>
         </is>
       </c>
       <c r="E13" t="n">
         <v>0</v>
@@ -1682,51 +1682,51 @@
           <t>Cons_Diário</t>
         </is>
       </c>
       <c r="P13" t="inlineStr">
         <is>
           <t>consumo energia medidor Utilidades</t>
         </is>
       </c>
       <c r="Q13" t="inlineStr"/>
       <c r="R13" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S13" t="inlineStr"/>
       <c r="T13" t="n">
         <v>1500</v>
       </c>
       <c r="U13" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V13" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W13" t="inlineStr"/>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Diário</t>
         </is>
       </c>
       <c r="B14" t="n">
         <v>9990</v>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Geral Vapor dia</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
           <t>ton/dia</t>
         </is>
       </c>
       <c r="E14" t="n">
         <v>0</v>
@@ -1777,51 +1777,51 @@
           <t>Cons_Diário</t>
         </is>
       </c>
       <c r="P14" t="inlineStr">
         <is>
           <t>total dia do sensor vapor Geral</t>
         </is>
       </c>
       <c r="Q14" t="inlineStr"/>
       <c r="R14" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S14" t="inlineStr"/>
       <c r="T14" t="n">
         <v>1500</v>
       </c>
       <c r="U14" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V14" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W14" t="inlineStr"/>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Diário</t>
         </is>
       </c>
       <c r="B15" t="n">
         <v>10305</v>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Poço 5 dia</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
           <t>m3/dia</t>
         </is>
       </c>
       <c r="E15" t="n">
         <v>0</v>
@@ -1867,56 +1867,56 @@
           <t>Jundiai</t>
         </is>
       </c>
       <c r="O15" t="inlineStr">
         <is>
           <t>Cons_Diário</t>
         </is>
       </c>
       <c r="P15" t="inlineStr">
         <is>
           <t>Cálculo do consumo diário via integral das vazões instantâneas</t>
         </is>
       </c>
       <c r="Q15" t="inlineStr"/>
       <c r="R15" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S15" t="inlineStr"/>
       <c r="T15" t="n">
         <v>1500</v>
       </c>
       <c r="U15" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>OK</t>
         </is>
       </c>
       <c r="V15" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W15" t="inlineStr"/>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Diário</t>
         </is>
       </c>
       <c r="B16" t="n">
         <v>10667</v>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Cavaco Caldeira 1 dia</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
           <t>m3/dia</t>
         </is>
       </c>
       <c r="E16" t="n">
         <v>0</v>
@@ -1967,51 +1967,51 @@
           <t>Cons_Diário</t>
         </is>
       </c>
       <c r="P16" t="inlineStr">
         <is>
           <t>Consumo de cavaco caldeira 01</t>
         </is>
       </c>
       <c r="Q16" t="inlineStr"/>
       <c r="R16" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S16" t="inlineStr"/>
       <c r="T16" t="n">
         <v>1500</v>
       </c>
       <c r="U16" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V16" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W16" t="inlineStr"/>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Diário</t>
         </is>
       </c>
       <c r="B17" t="n">
         <v>10668</v>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Cavaco Caldeira 2 dia</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
           <t>m3/dia</t>
         </is>
       </c>
       <c r="E17" t="n">
         <v>0</v>
@@ -2062,51 +2062,51 @@
           <t>Cons_Diário</t>
         </is>
       </c>
       <c r="P17" t="inlineStr">
         <is>
           <t>Consumo de cavaco caldeira 02</t>
         </is>
       </c>
       <c r="Q17" t="inlineStr"/>
       <c r="R17" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S17" t="inlineStr"/>
       <c r="T17" t="n">
         <v>1500</v>
       </c>
       <c r="U17" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V17" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W17" t="inlineStr"/>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Diário</t>
         </is>
       </c>
       <c r="B18" t="n">
         <v>12006</v>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Cavaco / Prod Vapor</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
           <t>m3/ton</t>
         </is>
       </c>
       <c r="E18" t="n">
         <v>0</v>
@@ -2157,51 +2157,51 @@
           <t>Cons_Diário</t>
         </is>
       </c>
       <c r="P18" t="inlineStr">
         <is>
           <t>Consumo cavaco cald 1 + cald 2 dividido pela somatória das vazões de vapor por setor</t>
         </is>
       </c>
       <c r="Q18" t="inlineStr"/>
       <c r="R18" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S18" t="inlineStr"/>
       <c r="T18" t="n">
         <v>1500</v>
       </c>
       <c r="U18" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V18" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W18" t="inlineStr"/>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Diário</t>
         </is>
       </c>
       <c r="B19" t="n">
         <v>14924</v>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Poço 4 dia</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
           <t>m3/dia</t>
         </is>
       </c>
       <c r="E19" t="n">
         <v>0</v>
@@ -2247,56 +2247,56 @@
           <t>Jundiai</t>
         </is>
       </c>
       <c r="O19" t="inlineStr">
         <is>
           <t>Cons_Diário</t>
         </is>
       </c>
       <c r="P19" t="inlineStr">
         <is>
           <t>Cálculo do consumo diário via integral das vazões instantâneas</t>
         </is>
       </c>
       <c r="Q19" t="inlineStr"/>
       <c r="R19" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S19" t="inlineStr"/>
       <c r="T19" t="n">
         <v>1500</v>
       </c>
       <c r="U19" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>NO_DATA</t>
         </is>
       </c>
       <c r="V19" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W19" t="inlineStr"/>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Atualizar_5_min</t>
         </is>
       </c>
       <c r="B20" t="n">
         <v>5932</v>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>KPI Somatória Medidores TOTAL</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
           <t>ton/h</t>
         </is>
       </c>
       <c r="E20" t="n">
         <v>1</v>
@@ -2347,51 +2347,51 @@
           <t>Linhas Vapor</t>
         </is>
       </c>
       <c r="P20" t="inlineStr">
         <is>
           <t>somatória vazões vapor</t>
         </is>
       </c>
       <c r="Q20" t="inlineStr"/>
       <c r="R20" t="inlineStr">
         <is>
           <t>&lt;=</t>
         </is>
       </c>
       <c r="S20" t="inlineStr"/>
       <c r="T20" t="n">
         <v>120</v>
       </c>
       <c r="U20" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V20" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W20" t="inlineStr"/>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Atualizar_60_min</t>
         </is>
       </c>
       <c r="B21" t="n">
         <v>9726</v>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Relação Dreno x Prod. Vapor Total</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
           <t>%</t>
         </is>
       </c>
       <c r="E21" t="n">
         <v>0</v>
@@ -2442,51 +2442,51 @@
           <t>Linhas Vapor</t>
         </is>
       </c>
       <c r="P21" t="inlineStr">
         <is>
           <t>Vazão de dreno / somatória das correntes de vapor</t>
         </is>
       </c>
       <c r="Q21" t="inlineStr"/>
       <c r="R21" t="inlineStr">
         <is>
           <t>&lt;=</t>
         </is>
       </c>
       <c r="S21" t="inlineStr"/>
       <c r="T21" t="n">
         <v>120</v>
       </c>
       <c r="U21" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V21" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W21" t="inlineStr"/>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Atualizar_60_min</t>
         </is>
       </c>
       <c r="B22" t="n">
         <v>12076</v>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Ind+Tec Vapor (total hora)</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
           <t>ton/h</t>
         </is>
       </c>
       <c r="E22" t="n">
         <v>0</v>
@@ -2537,51 +2537,51 @@
           <t>Cons_Horário</t>
         </is>
       </c>
       <c r="P22" t="inlineStr">
         <is>
           <t>total horado sensor vapor industrial</t>
         </is>
       </c>
       <c r="Q22" t="inlineStr"/>
       <c r="R22" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S22" t="inlineStr"/>
       <c r="T22" t="n">
         <v>120</v>
       </c>
       <c r="U22" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V22" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W22" t="inlineStr"/>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Atualizar_60_min</t>
         </is>
       </c>
       <c r="B23" t="n">
         <v>12077</v>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Hotel Vapor (total hora)</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
           <t>ton/h</t>
         </is>
       </c>
       <c r="E23" t="n">
         <v>0</v>
@@ -2632,51 +2632,51 @@
           <t>Cons_Horário</t>
         </is>
       </c>
       <c r="P23" t="inlineStr">
         <is>
           <t>total horado sensor vapor Hotel</t>
         </is>
       </c>
       <c r="Q23" t="inlineStr"/>
       <c r="R23" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S23" t="inlineStr"/>
       <c r="T23" t="n">
         <v>120</v>
       </c>
       <c r="U23" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V23" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W23" t="inlineStr"/>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Atualizar_60_min</t>
         </is>
       </c>
       <c r="B24" t="n">
         <v>12078</v>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Hospital Vapor (total hora)</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>ton/h</t>
         </is>
       </c>
       <c r="E24" t="n">
         <v>0</v>
@@ -2727,51 +2727,51 @@
           <t>Cons_Horário</t>
         </is>
       </c>
       <c r="P24" t="inlineStr">
         <is>
           <t>total horado sensor vapor Hospital</t>
         </is>
       </c>
       <c r="Q24" t="inlineStr"/>
       <c r="R24" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S24" t="inlineStr"/>
       <c r="T24" t="n">
         <v>120</v>
       </c>
       <c r="U24" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V24" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W24" t="inlineStr"/>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Atualizar_60_min</t>
         </is>
       </c>
       <c r="B25" t="n">
         <v>12079</v>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>Geral Vapor (total hora)</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>ton/h</t>
         </is>
       </c>
       <c r="E25" t="n">
         <v>0</v>
@@ -2822,51 +2822,51 @@
           <t>Cons_Horário</t>
         </is>
       </c>
       <c r="P25" t="inlineStr">
         <is>
           <t>total horado sensor vapor Geral</t>
         </is>
       </c>
       <c r="Q25" t="inlineStr"/>
       <c r="R25" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S25" t="inlineStr"/>
       <c r="T25" t="n">
         <v>120</v>
       </c>
       <c r="U25" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V25" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W25" t="inlineStr"/>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Atualizar_60_min</t>
         </is>
       </c>
       <c r="B26" t="n">
         <v>12080</v>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>Utilidades Energia Elétrica (total hora)</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>kWh</t>
         </is>
       </c>
       <c r="E26" t="n">
         <v>0</v>
@@ -2917,51 +2917,51 @@
           <t>Cons_Horário</t>
         </is>
       </c>
       <c r="P26" t="inlineStr">
         <is>
           <t>total hora energia medidor Utilidades</t>
         </is>
       </c>
       <c r="Q26" t="inlineStr"/>
       <c r="R26" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S26" t="inlineStr"/>
       <c r="T26" t="n">
         <v>120</v>
       </c>
       <c r="U26" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V26" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W26" t="inlineStr"/>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Atualizar_60_min</t>
         </is>
       </c>
       <c r="B27" t="n">
         <v>12081</v>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>Poço 5 (total hora)</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>m3/h</t>
         </is>
       </c>
       <c r="E27" t="n">
         <v>0</v>
@@ -3007,56 +3007,56 @@
           <t>Jundiai</t>
         </is>
       </c>
       <c r="O27" t="inlineStr">
         <is>
           <t>Cons_Horário</t>
         </is>
       </c>
       <c r="P27" t="inlineStr">
         <is>
           <t>total hora de água poço 5</t>
         </is>
       </c>
       <c r="Q27" t="inlineStr"/>
       <c r="R27" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S27" t="inlineStr"/>
       <c r="T27" t="n">
         <v>120</v>
       </c>
       <c r="U27" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>OK</t>
         </is>
       </c>
       <c r="V27" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W27" t="inlineStr"/>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Atualizar_60_min</t>
         </is>
       </c>
       <c r="B28" t="n">
         <v>12082</v>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>Cavaco Caldeira 1 (total hora)</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
           <t>m3/h</t>
         </is>
       </c>
       <c r="E28" t="n">
         <v>0</v>
@@ -3107,51 +3107,51 @@
           <t>Cons_Horário</t>
         </is>
       </c>
       <c r="P28" t="inlineStr">
         <is>
           <t>total hora cavaco caldeira 01</t>
         </is>
       </c>
       <c r="Q28" t="inlineStr"/>
       <c r="R28" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S28" t="inlineStr"/>
       <c r="T28" t="n">
         <v>120</v>
       </c>
       <c r="U28" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V28" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W28" t="inlineStr"/>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Atualizar_60_min</t>
         </is>
       </c>
       <c r="B29" t="n">
         <v>12083</v>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>Cavaco Caldeira 2 (total hora)</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
           <t>m3/h</t>
         </is>
       </c>
       <c r="E29" t="n">
         <v>0</v>
@@ -3202,51 +3202,51 @@
           <t>Cons_Horário</t>
         </is>
       </c>
       <c r="P29" t="inlineStr">
         <is>
           <t>total hora cavaco caldeira 02</t>
         </is>
       </c>
       <c r="Q29" t="inlineStr"/>
       <c r="R29" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S29" t="inlineStr"/>
       <c r="T29" t="n">
         <v>120</v>
       </c>
       <c r="U29" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V29" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W29" t="inlineStr"/>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Atualizar_60_min</t>
         </is>
       </c>
       <c r="B30" t="n">
         <v>12444</v>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>Dreno cald. (total hora)</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
           <t>m3/h</t>
         </is>
       </c>
       <c r="E30" t="n">
         <v>0</v>
@@ -3297,51 +3297,51 @@
           <t>Cons_Horário</t>
         </is>
       </c>
       <c r="P30" t="inlineStr">
         <is>
           <t>total hora descarga fundo caldeira</t>
         </is>
       </c>
       <c r="Q30" t="inlineStr"/>
       <c r="R30" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S30" t="inlineStr"/>
       <c r="T30" t="n">
         <v>120</v>
       </c>
       <c r="U30" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V30" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W30" t="inlineStr"/>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Atualizar_60_min</t>
         </is>
       </c>
       <c r="B31" t="n">
         <v>12445</v>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>Cavaco / Prod Vapor (hora)</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
           <t>m3/ton</t>
         </is>
       </c>
       <c r="E31" t="n">
         <v>0</v>
@@ -3392,51 +3392,51 @@
           <t>Cons_Horário</t>
         </is>
       </c>
       <c r="P31" t="inlineStr">
         <is>
           <t>Consumo cavaco cald 1 + cald 2 dividido pela somatória das vazões de vapor por setor</t>
         </is>
       </c>
       <c r="Q31" t="inlineStr"/>
       <c r="R31" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S31" t="inlineStr"/>
       <c r="T31" t="n">
         <v>120</v>
       </c>
       <c r="U31" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V31" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W31" t="inlineStr"/>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Atualizar_15_min</t>
         </is>
       </c>
       <c r="B32" t="n">
         <v>9912</v>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>FP_Utilidades</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="E32" t="n">
         <v>2</v>
@@ -3483,51 +3483,51 @@
           <t>QGBT_Utldd</t>
         </is>
       </c>
       <c r="P32" t="inlineStr">
         <is>
           <t>razão entre potência ativa total e potência aparente total</t>
         </is>
       </c>
       <c r="Q32" t="inlineStr"/>
       <c r="R32" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S32" t="inlineStr"/>
       <c r="T32" t="n">
         <v>75</v>
       </c>
       <c r="U32" t="inlineStr">
         <is>
           <t>NO_DATA</t>
         </is>
       </c>
       <c r="V32" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W32" t="inlineStr"/>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Atualizar_15_min</t>
         </is>
       </c>
       <c r="B33" t="n">
         <v>10006</v>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>Fase L1-L2 (V)</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
           <t>V</t>
         </is>
       </c>
       <c r="E33" t="n">
         <v>0</v>
@@ -3574,51 +3574,51 @@
           <t>Cabine Primária</t>
         </is>
       </c>
       <c r="P33" t="inlineStr">
         <is>
           <t>Estimativa da tensão na cabine primária com base na leitura da tensão no QGBT Utilidades</t>
         </is>
       </c>
       <c r="Q33" t="inlineStr"/>
       <c r="R33" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S33" t="inlineStr"/>
       <c r="T33" t="n">
         <v>75</v>
       </c>
       <c r="U33" t="inlineStr">
         <is>
           <t>NO_DATA</t>
         </is>
       </c>
       <c r="V33" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W33" t="inlineStr"/>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Atualizar_15_min</t>
         </is>
       </c>
       <c r="B34" t="n">
         <v>10007</v>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>Fase L2-L3 (V)</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
           <t>V</t>
         </is>
       </c>
       <c r="E34" t="n">
         <v>0</v>
@@ -3665,51 +3665,51 @@
           <t>Cabine Primária</t>
         </is>
       </c>
       <c r="P34" t="inlineStr">
         <is>
           <t>Estimativa da tensão na cabine primária com base na leitura da tensão no QGBT Utilidades</t>
         </is>
       </c>
       <c r="Q34" t="inlineStr"/>
       <c r="R34" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S34" t="inlineStr"/>
       <c r="T34" t="n">
         <v>75</v>
       </c>
       <c r="U34" t="inlineStr">
         <is>
           <t>NO_DATA</t>
         </is>
       </c>
       <c r="V34" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W34" t="inlineStr"/>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Atualizar_15_min</t>
         </is>
       </c>
       <c r="B35" t="n">
         <v>10008</v>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>Fase L3-L1 (V)</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
           <t>V</t>
         </is>
       </c>
       <c r="E35" t="n">
         <v>0</v>
@@ -3756,51 +3756,51 @@
           <t>Cabine Primária</t>
         </is>
       </c>
       <c r="P35" t="inlineStr">
         <is>
           <t>Estimativa da tensão na cabine primária com base na leitura da tensão no QGBT Utilidades</t>
         </is>
       </c>
       <c r="Q35" t="inlineStr"/>
       <c r="R35" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S35" t="inlineStr"/>
       <c r="T35" t="n">
         <v>75</v>
       </c>
       <c r="U35" t="inlineStr">
         <is>
           <t>NO_DATA</t>
         </is>
       </c>
       <c r="V35" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W35" t="inlineStr"/>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Atualizar_120_min</t>
         </is>
       </c>
       <c r="B36" t="n">
         <v>10306</v>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>Poço 5 acumulado dia</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
           <t>m3</t>
         </is>
       </c>
       <c r="E36" t="n">
         <v>0</v>
@@ -3851,49 +3851,49 @@
           <t>Cons_Acumulado_Diário</t>
         </is>
       </c>
       <c r="P36" t="inlineStr">
         <is>
           <t>Último valor deste KPI + integral da vazão horária do consumo poço 5, zerando toda zero hora</t>
         </is>
       </c>
       <c r="Q36" t="inlineStr"/>
       <c r="R36" t="inlineStr">
         <is>
           <t>=</t>
         </is>
       </c>
       <c r="S36" t="inlineStr"/>
       <c r="T36" t="n">
         <v>1500</v>
       </c>
       <c r="U36" t="inlineStr">
         <is>
           <t>OK</t>
         </is>
       </c>
       <c r="V36" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:09</t>
+          <t>2026-02-12 19:00:11</t>
         </is>
       </c>
       <c r="W36" t="inlineStr"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>