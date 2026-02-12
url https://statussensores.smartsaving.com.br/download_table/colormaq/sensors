--- v0 (2025-12-15)
+++ v1 (2026-02-12)
@@ -727,54 +727,58 @@
       <c r="AC2" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD2" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE2" t="inlineStr">
         <is>
           <t>2024-10-10 14:50:52</t>
         </is>
       </c>
       <c r="AF2" t="n">
         <v>0</v>
       </c>
       <c r="AG2" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH2" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI2" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI2" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Torre 1</t>
         </is>
       </c>
       <c r="D3" t="n">
         <v>12453</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Consumo água T1-T2</t>
         </is>
       </c>
@@ -852,54 +856,58 @@
       <c r="AC3" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD3" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE3" t="inlineStr">
         <is>
           <t>2024-10-10 14:50:52</t>
         </is>
       </c>
       <c r="AF3" t="n">
         <v>0</v>
       </c>
       <c r="AG3" t="inlineStr">
         <is>
           <t>DISABLED</t>
         </is>
       </c>
       <c r="AH3" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI3" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI3" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Torre 4</t>
         </is>
       </c>
       <c r="D4" t="n">
         <v>12454</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>Temp. Bacia T4</t>
         </is>
       </c>
@@ -972,59 +980,63 @@
         <v>1</v>
       </c>
       <c r="AB4" t="n">
         <v>0</v>
       </c>
       <c r="AC4" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD4" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE4" t="inlineStr">
         <is>
           <t>2024-10-10 14:50:52</t>
         </is>
       </c>
       <c r="AF4" t="n">
         <v>60</v>
       </c>
       <c r="AG4" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH4" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI4" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI4" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>Torre 4</t>
         </is>
       </c>
       <c r="D5" t="n">
         <v>12455</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Pulsos T4</t>
         </is>
       </c>
@@ -1097,59 +1109,63 @@
         <v>1</v>
       </c>
       <c r="AB5" t="n">
         <v>0</v>
       </c>
       <c r="AC5" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD5" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE5" t="inlineStr">
         <is>
           <t>2024-10-10 14:50:52</t>
         </is>
       </c>
       <c r="AF5" t="n">
         <v>60</v>
       </c>
       <c r="AG5" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH5" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI5" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI5" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>Torre 4</t>
         </is>
       </c>
       <c r="D6" t="n">
         <v>12456</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Consumo água T4</t>
         </is>
       </c>
@@ -1222,59 +1238,63 @@
         <v>1</v>
       </c>
       <c r="AB6" t="n">
         <v>0</v>
       </c>
       <c r="AC6" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD6" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE6" t="inlineStr">
         <is>
           <t>2024-10-10 14:50:52</t>
         </is>
       </c>
       <c r="AF6" t="n">
         <v>60</v>
       </c>
       <c r="AG6" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH6" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI6" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI6" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Produção</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>Pinturas</t>
         </is>
       </c>
       <c r="D7" t="n">
         <v>12459</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>Consumo gás Pintura 4</t>
         </is>
       </c>
@@ -1347,59 +1367,63 @@
         <v>1</v>
       </c>
       <c r="AB7" t="n">
         <v>0</v>
       </c>
       <c r="AC7" t="inlineStr">
         <is>
           <t>12.5*(x-4)</t>
         </is>
       </c>
       <c r="AD7" t="inlineStr">
         <is>
           <t>12.4300807955252*x-48.6016159105034</t>
         </is>
       </c>
       <c r="AE7" t="inlineStr">
         <is>
           <t>2024-10-22 00:00:00</t>
         </is>
       </c>
       <c r="AF7" t="n">
         <v>60</v>
       </c>
       <c r="AG7" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH7" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI7" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI7" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B8" t="inlineStr">
         <is>
           <t>Produção</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>Pinturas</t>
         </is>
       </c>
       <c r="D8" t="n">
         <v>13577</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>Consumo gás Pintura 2</t>
         </is>
       </c>
@@ -1473,59 +1497,63 @@
         <v>1</v>
       </c>
       <c r="AB8" t="n">
         <v>0</v>
       </c>
       <c r="AC8" t="inlineStr">
         <is>
           <t>12.5*(x-4)</t>
         </is>
       </c>
       <c r="AD8" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE8" t="inlineStr">
         <is>
           <t>2025-03-01 00:00:00</t>
         </is>
       </c>
       <c r="AF8" t="n">
         <v>60</v>
       </c>
       <c r="AG8" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH8" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI8" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI8" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
           <t>Produção</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>Pinturas</t>
         </is>
       </c>
       <c r="D9" t="n">
         <v>13578</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>Consumo gás Pint-Geral</t>
         </is>
       </c>
@@ -1598,59 +1626,63 @@
         <v>1</v>
       </c>
       <c r="AB9" t="n">
         <v>0</v>
       </c>
       <c r="AC9" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD9" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE9" t="inlineStr">
         <is>
           <t>2025-02-18 13:21:40</t>
         </is>
       </c>
       <c r="AF9" t="n">
         <v>1440</v>
       </c>
       <c r="AG9" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH9" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI9" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI9" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>Torre 1</t>
         </is>
       </c>
       <c r="D10" t="n">
         <v>15026</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>pH T1</t>
         </is>
       </c>
@@ -1715,59 +1747,63 @@
         <v>1</v>
       </c>
       <c r="AB10" t="n">
         <v>0</v>
       </c>
       <c r="AC10" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD10" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE10" t="inlineStr">
         <is>
           <t>2025-10-02 15:44:21</t>
         </is>
       </c>
       <c r="AF10" t="n">
         <v>60</v>
       </c>
       <c r="AG10" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH10" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI10" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI10" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>Torre 1</t>
         </is>
       </c>
       <c r="D11" t="n">
         <v>15027</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>Temp. Bacia T1</t>
         </is>
       </c>
@@ -1836,59 +1872,63 @@
         <v>1</v>
       </c>
       <c r="AB11" t="n">
         <v>0</v>
       </c>
       <c r="AC11" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD11" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE11" t="inlineStr">
         <is>
           <t>2025-10-02 15:45:15</t>
         </is>
       </c>
       <c r="AF11" t="n">
         <v>60</v>
       </c>
       <c r="AG11" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH11" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI11" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI11" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>Torre 1</t>
         </is>
       </c>
       <c r="D12" t="n">
         <v>15028</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>Vazão água alim. T1eT2</t>
         </is>
       </c>
@@ -1953,59 +1993,63 @@
         <v>1</v>
       </c>
       <c r="AB12" t="n">
         <v>0</v>
       </c>
       <c r="AC12" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD12" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE12" t="inlineStr">
         <is>
           <t>2025-10-02 15:56:06</t>
         </is>
       </c>
       <c r="AF12" t="n">
         <v>60</v>
       </c>
       <c r="AG12" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH12" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI12" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI12" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>Torre 2</t>
         </is>
       </c>
       <c r="D13" t="n">
         <v>15029</v>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>pH T2</t>
         </is>
       </c>
@@ -2070,59 +2114,63 @@
         <v>1</v>
       </c>
       <c r="AB13" t="n">
         <v>0</v>
       </c>
       <c r="AC13" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD13" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE13" t="inlineStr">
         <is>
           <t>2025-10-02 15:46:03</t>
         </is>
       </c>
       <c r="AF13" t="n">
         <v>60</v>
       </c>
       <c r="AG13" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH13" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI13" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI13" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>Torre 2</t>
         </is>
       </c>
       <c r="D14" t="n">
         <v>15030</v>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>Temp. Bacia T2</t>
         </is>
       </c>
@@ -2191,59 +2239,63 @@
         <v>1</v>
       </c>
       <c r="AB14" t="n">
         <v>0</v>
       </c>
       <c r="AC14" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD14" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE14" t="inlineStr">
         <is>
           <t>2025-10-02 15:47:13</t>
         </is>
       </c>
       <c r="AF14" t="n">
         <v>60</v>
       </c>
       <c r="AG14" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH14" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI14" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI14" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>Torre 1</t>
         </is>
       </c>
       <c r="D15" t="n">
         <v>15177</v>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>Cond. T1</t>
         </is>
       </c>
@@ -2312,59 +2364,63 @@
         <v>1</v>
       </c>
       <c r="AB15" t="n">
         <v>0</v>
       </c>
       <c r="AC15" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD15" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE15" t="inlineStr">
         <is>
           <t>2025-11-28 08:58:25</t>
         </is>
       </c>
       <c r="AF15" t="n">
         <v>60</v>
       </c>
       <c r="AG15" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH15" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI15" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI15" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>Torre 2</t>
         </is>
       </c>
       <c r="D16" t="n">
         <v>15178</v>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Cond. T2</t>
         </is>
       </c>
@@ -2433,59 +2489,63 @@
         <v>1</v>
       </c>
       <c r="AB16" t="n">
         <v>0</v>
       </c>
       <c r="AC16" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD16" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE16" t="inlineStr">
         <is>
           <t>2025-11-28 08:58:25</t>
         </is>
       </c>
       <c r="AF16" t="n">
         <v>60</v>
       </c>
       <c r="AG16" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH16" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI16" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI16" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>Água Gelada</t>
         </is>
       </c>
       <c r="D17" t="n">
         <v>15179</v>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>Taxa Corrosão AC Gel.</t>
         </is>
       </c>
@@ -2554,59 +2614,63 @@
         <v>1</v>
       </c>
       <c r="AB17" t="n">
         <v>0</v>
       </c>
       <c r="AC17" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD17" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE17" t="inlineStr">
         <is>
           <t>2025-11-28 08:58:25</t>
         </is>
       </c>
       <c r="AF17" t="n">
         <v>60</v>
       </c>
       <c r="AG17" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH17" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI17" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI17" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>Água Gelada</t>
         </is>
       </c>
       <c r="D18" t="n">
         <v>15180</v>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>Tend. Pitting AC Gel.</t>
         </is>
       </c>
@@ -2675,59 +2739,63 @@
         <v>1</v>
       </c>
       <c r="AB18" t="n">
         <v>0</v>
       </c>
       <c r="AC18" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD18" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE18" t="inlineStr">
         <is>
           <t>2025-11-28 08:58:25</t>
         </is>
       </c>
       <c r="AF18" t="n">
         <v>60</v>
       </c>
       <c r="AG18" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH18" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI18" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI18" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>Água Gelada</t>
         </is>
       </c>
       <c r="D19" t="n">
         <v>15181</v>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>Taxa Corrosão Cu Gel.</t>
         </is>
       </c>
@@ -2796,59 +2864,63 @@
         <v>1</v>
       </c>
       <c r="AB19" t="n">
         <v>0</v>
       </c>
       <c r="AC19" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD19" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE19" t="inlineStr">
         <is>
           <t>2025-11-28 08:58:25</t>
         </is>
       </c>
       <c r="AF19" t="n">
         <v>60</v>
       </c>
       <c r="AG19" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH19" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI19" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI19" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>Água Gelada</t>
         </is>
       </c>
       <c r="D20" t="n">
         <v>15182</v>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>Tend. Pitting Cu Gel.</t>
         </is>
       </c>
@@ -2917,59 +2989,63 @@
         <v>1</v>
       </c>
       <c r="AB20" t="n">
         <v>0</v>
       </c>
       <c r="AC20" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD20" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE20" t="inlineStr">
         <is>
           <t>2025-11-28 08:58:25</t>
         </is>
       </c>
       <c r="AF20" t="n">
         <v>60</v>
       </c>
       <c r="AG20" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH20" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI20" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI20" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B21" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>Sistema Fechado</t>
         </is>
       </c>
       <c r="D21" t="n">
         <v>15183</v>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>Taxa Corrosão AC Fechado</t>
         </is>
       </c>
@@ -3038,59 +3114,63 @@
         <v>1</v>
       </c>
       <c r="AB21" t="n">
         <v>0</v>
       </c>
       <c r="AC21" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD21" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE21" t="inlineStr">
         <is>
           <t>2025-11-28 08:58:25</t>
         </is>
       </c>
       <c r="AF21" t="n">
         <v>60</v>
       </c>
       <c r="AG21" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH21" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI21" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI21" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>Sistema Fechado</t>
         </is>
       </c>
       <c r="D22" t="n">
         <v>15184</v>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>Tend. Pitting AC Fechado</t>
         </is>
       </c>
@@ -3159,59 +3239,63 @@
         <v>1</v>
       </c>
       <c r="AB22" t="n">
         <v>0</v>
       </c>
       <c r="AC22" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD22" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE22" t="inlineStr">
         <is>
           <t>2025-11-28 08:58:25</t>
         </is>
       </c>
       <c r="AF22" t="n">
         <v>60</v>
       </c>
       <c r="AG22" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH22" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI22" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI22" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>Sistema Fechado</t>
         </is>
       </c>
       <c r="D23" t="n">
         <v>15185</v>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>Taxa Corrosão Cu Fechado</t>
         </is>
       </c>
@@ -3280,59 +3364,63 @@
         <v>1</v>
       </c>
       <c r="AB23" t="n">
         <v>0</v>
       </c>
       <c r="AC23" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD23" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE23" t="inlineStr">
         <is>
           <t>2025-11-28 08:58:25</t>
         </is>
       </c>
       <c r="AF23" t="n">
         <v>60</v>
       </c>
       <c r="AG23" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH23" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI23" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI23" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Araçatuba-SP</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
           <t>Utilidades</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>Sistema Fechado</t>
         </is>
       </c>
       <c r="D24" t="n">
         <v>15186</v>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>Tend. Pitting Cu Fechado</t>
         </is>
       </c>
@@ -3401,54 +3489,58 @@
         <v>1</v>
       </c>
       <c r="AB24" t="n">
         <v>0</v>
       </c>
       <c r="AC24" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AD24" t="inlineStr">
         <is>
           <t>x</t>
         </is>
       </c>
       <c r="AE24" t="inlineStr">
         <is>
           <t>2025-11-28 08:58:25</t>
         </is>
       </c>
       <c r="AF24" t="n">
         <v>60</v>
       </c>
       <c r="AG24" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="AH24" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="AI24" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="AI24" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>