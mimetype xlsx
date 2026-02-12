--- v0 (2025-12-15)
+++ v1 (2026-02-12)
@@ -634,59 +634,63 @@
         </is>
       </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>Cáclulo temp bulbo úmidos sensores atmosféricos</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>$12460$*arctan(0.151977*($12461$+8.313659)^(1/2))+arctan($12460$+$12461$)-arctan($12461$-1.676331)+0.00391838*($12461$)^(3/2)*arctan(0.023101*$12461$)-4.686035</t>
         </is>
       </c>
       <c r="R2" t="inlineStr">
         <is>
           <t>&lt;=</t>
         </is>
       </c>
       <c r="S2" t="n">
         <v>0</v>
       </c>
       <c r="T2" t="n">
         <v>60</v>
       </c>
       <c r="U2" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="V2" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="W2" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Torres</t>
         </is>
       </c>
       <c r="B3" t="n">
         <v>12470</v>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>Temp. Approach T1-2</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
           <t>°C</t>
         </is>
       </c>
       <c r="E3" t="n">
         <v>1</v>
       </c>
       <c r="F3" t="inlineStr">
         <is>
@@ -731,59 +735,63 @@
         </is>
       </c>
       <c r="P3" t="inlineStr">
         <is>
           <t>Temp. água fria - temp bulbo úmidos sensores atmosféricos</t>
         </is>
       </c>
       <c r="Q3" t="inlineStr">
         <is>
           <t>$12451$-($12460$*arctan(0.151977*($12461$+8.313659)^(1/2))+arctan($12460$+$12461$)-arctan($12461$-1.676331)+0.00391838*($12461$)^(3/2)*arctan(0.023101*$12461$)-4.686035)</t>
         </is>
       </c>
       <c r="R3" t="inlineStr">
         <is>
           <t>&lt;=</t>
         </is>
       </c>
       <c r="S3" t="n">
         <v>0</v>
       </c>
       <c r="T3" t="n">
         <v>60</v>
       </c>
       <c r="U3" t="inlineStr">
         <is>
-          <t>NO_DATA</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="V3" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="W3" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="W3" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Torres</t>
         </is>
       </c>
       <c r="B4" t="n">
         <v>12471</v>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Temp. Approach T3</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
           <t>°C</t>
         </is>
       </c>
       <c r="E4" t="n">
         <v>1</v>
       </c>
       <c r="F4" t="inlineStr">
         <is>
@@ -828,54 +836,58 @@
         </is>
       </c>
       <c r="P4" t="inlineStr">
         <is>
           <t>Temp. água fria - temp bulbo úmido</t>
         </is>
       </c>
       <c r="Q4" t="inlineStr">
         <is>
           <t>$12454$-($12460$*arctan(0.151977*($12461$+8.313659)^(1/2))+arctan($12460$+$12461$)-arctan($12461$-1.676331)+0.00391838*($12461$)^(3/2)*arctan(0.023101*$12461$)-4.686035)</t>
         </is>
       </c>
       <c r="R4" t="inlineStr">
         <is>
           <t>&lt;=</t>
         </is>
       </c>
       <c r="S4" t="n">
         <v>0</v>
       </c>
       <c r="T4" t="n">
         <v>60</v>
       </c>
       <c r="U4" t="inlineStr">
         <is>
-          <t>OK</t>
+          <t>DISABLED</t>
         </is>
       </c>
       <c r="V4" t="inlineStr">
         <is>
-          <t>2025-12-15 15:30:17</t>
-[...2 lines deleted...]
-      <c r="W4" t="inlineStr"/>
+          <t>2026-02-12 19:00:16</t>
+        </is>
+      </c>
+      <c r="W4" t="inlineStr">
+        <is>
+          <t>2027-01-01 00:00:00</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>